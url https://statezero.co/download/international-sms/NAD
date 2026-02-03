--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -4669,51 +4669,51 @@
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>429</v>
       </c>
       <c r="D214" s="0">
         <v>0.075</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>431</v>
       </c>
       <c r="D215" s="0">
-        <v>5.2674</v>
+        <v>5.0133</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">