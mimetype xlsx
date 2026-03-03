--- v1 (2026-02-03)
+++ v2 (2026-03-03)
@@ -4669,51 +4669,51 @@
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>429</v>
       </c>
       <c r="D214" s="0">
         <v>0.075</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>431</v>
       </c>
       <c r="D215" s="0">
-        <v>5.0133</v>
+        <v>5.0799</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">